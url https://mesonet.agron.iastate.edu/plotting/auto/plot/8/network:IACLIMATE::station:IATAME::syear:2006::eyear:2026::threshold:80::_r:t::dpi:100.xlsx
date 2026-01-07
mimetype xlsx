--- v0 (2026-01-05)
+++ v1 (2026-01-07)
@@ -606,53 +606,53 @@
         <v>20</v>
       </c>
       <c r="D11" t="n">
         <v>60</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="n">
         <v>11</v>
       </c>
       <c r="B12" t="n">
         <v>15</v>
       </c>
       <c r="C12" t="n">
         <v>20</v>
       </c>
       <c r="D12" t="n">
         <v>75</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="n">
         <v>12</v>
       </c>
       <c r="B13" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C13" t="n">
         <v>20</v>
       </c>
       <c r="D13" t="n">
-        <v>85</v>
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>