--- v0 (2026-01-07)
+++ v1 (2026-01-09)
@@ -426,75 +426,86 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:C2"/>
+  <dimension ref="A1:C3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>day</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>coverage</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="n">
         <v>0</v>
       </c>
       <c r="B2" s="2" t="n">
         <v>46029</v>
       </c>
       <c r="C2" t="n">
         <v>0</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="B3" s="2" t="n">
+        <v>46030</v>
+      </c>
+      <c r="C3" t="n">
+        <v>0</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>