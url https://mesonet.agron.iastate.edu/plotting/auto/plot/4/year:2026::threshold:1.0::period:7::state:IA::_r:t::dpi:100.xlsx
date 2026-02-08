--- v1 (2026-01-09)
+++ v2 (2026-02-08)
@@ -14,93 +14,81 @@
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
     <numFmt numFmtId="165" formatCode="YYYY-MM-DD"/>
   </numFmts>
-  <fonts count="2">
+  <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...1 lines deleted...]
-      <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...4 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
@@ -426,86 +414,427 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:C3"/>
+  <dimension ref="A1:C34"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
-      <c r="B1" s="1" t="inlineStr">
+      <c r="B1" t="inlineStr">
         <is>
           <t>day</t>
         </is>
       </c>
-      <c r="C1" s="1" t="inlineStr">
+      <c r="C1" t="inlineStr">
         <is>
           <t>coverage</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="1" t="n">
-[...2 lines deleted...]
-      <c r="B2" s="2" t="n">
+      <c r="A2" t="n">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="n">
         <v>46029</v>
       </c>
       <c r="C2" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="3">
-      <c r="A3" s="1" t="n">
+      <c r="A3" t="n">
         <v>1</v>
       </c>
-      <c r="B3" s="2" t="n">
+      <c r="B3" s="1" t="n">
         <v>46030</v>
       </c>
       <c r="C3" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="n">
+        <v>2</v>
+      </c>
+      <c r="B4" s="1" t="n">
+        <v>46031</v>
+      </c>
+      <c r="C4" t="n">
+        <v>26.07897153351699</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="n">
+        <v>3</v>
+      </c>
+      <c r="B5" s="1" t="n">
+        <v>46032</v>
+      </c>
+      <c r="C5" t="n">
+        <v>30.85399449035813</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="n">
+        <v>4</v>
+      </c>
+      <c r="B6" s="1" t="n">
+        <v>46033</v>
+      </c>
+      <c r="C6" t="n">
+        <v>31.40495867768595</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="n">
+        <v>5</v>
+      </c>
+      <c r="B7" s="1" t="n">
+        <v>46034</v>
+      </c>
+      <c r="C7" t="n">
+        <v>31.40495867768595</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="n">
+        <v>6</v>
+      </c>
+      <c r="B8" s="1" t="n">
+        <v>46035</v>
+      </c>
+      <c r="C8" t="n">
+        <v>31.40495867768595</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="n">
+        <v>7</v>
+      </c>
+      <c r="B9" s="1" t="n">
+        <v>46036</v>
+      </c>
+      <c r="C9" t="n">
+        <v>31.7722681359045</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="n">
+        <v>8</v>
+      </c>
+      <c r="B10" s="1" t="n">
+        <v>46037</v>
+      </c>
+      <c r="C10" t="n">
+        <v>31.7722681359045</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="n">
+        <v>9</v>
+      </c>
+      <c r="B11" s="1" t="n">
+        <v>46038</v>
+      </c>
+      <c r="C11" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="n">
+        <v>10</v>
+      </c>
+      <c r="B12" s="1" t="n">
+        <v>46039</v>
+      </c>
+      <c r="C12" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="n">
+        <v>11</v>
+      </c>
+      <c r="B13" s="1" t="n">
+        <v>46040</v>
+      </c>
+      <c r="C13" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="n">
+        <v>12</v>
+      </c>
+      <c r="B14" s="1" t="n">
+        <v>46041</v>
+      </c>
+      <c r="C14" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="n">
+        <v>13</v>
+      </c>
+      <c r="B15" s="1" t="n">
+        <v>46042</v>
+      </c>
+      <c r="C15" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="n">
+        <v>14</v>
+      </c>
+      <c r="B16" s="1" t="n">
+        <v>46043</v>
+      </c>
+      <c r="C16" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="n">
+        <v>15</v>
+      </c>
+      <c r="B17" s="1" t="n">
+        <v>46044</v>
+      </c>
+      <c r="C17" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="n">
+        <v>16</v>
+      </c>
+      <c r="B18" s="1" t="n">
+        <v>46045</v>
+      </c>
+      <c r="C18" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="n">
+        <v>17</v>
+      </c>
+      <c r="B19" s="1" t="n">
+        <v>46046</v>
+      </c>
+      <c r="C19" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="n">
+        <v>18</v>
+      </c>
+      <c r="B20" s="1" t="n">
+        <v>46047</v>
+      </c>
+      <c r="C20" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="n">
+        <v>19</v>
+      </c>
+      <c r="B21" s="1" t="n">
+        <v>46048</v>
+      </c>
+      <c r="C21" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="n">
+        <v>20</v>
+      </c>
+      <c r="B22" s="1" t="n">
+        <v>46049</v>
+      </c>
+      <c r="C22" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="n">
+        <v>21</v>
+      </c>
+      <c r="B23" s="1" t="n">
+        <v>46050</v>
+      </c>
+      <c r="C23" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="n">
+        <v>22</v>
+      </c>
+      <c r="B24" s="1" t="n">
+        <v>46051</v>
+      </c>
+      <c r="C24" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="n">
+        <v>23</v>
+      </c>
+      <c r="B25" s="1" t="n">
+        <v>46052</v>
+      </c>
+      <c r="C25" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="n">
+        <v>24</v>
+      </c>
+      <c r="B26" s="1" t="n">
+        <v>46053</v>
+      </c>
+      <c r="C26" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="n">
+        <v>25</v>
+      </c>
+      <c r="B27" s="1" t="n">
+        <v>46054</v>
+      </c>
+      <c r="C27" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="n">
+        <v>26</v>
+      </c>
+      <c r="B28" s="1" t="n">
+        <v>46055</v>
+      </c>
+      <c r="C28" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="n">
+        <v>27</v>
+      </c>
+      <c r="B29" s="1" t="n">
+        <v>46056</v>
+      </c>
+      <c r="C29" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="n">
+        <v>28</v>
+      </c>
+      <c r="B30" s="1" t="n">
+        <v>46057</v>
+      </c>
+      <c r="C30" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="n">
+        <v>29</v>
+      </c>
+      <c r="B31" s="1" t="n">
+        <v>46058</v>
+      </c>
+      <c r="C31" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="n">
+        <v>30</v>
+      </c>
+      <c r="B32" s="1" t="n">
+        <v>46059</v>
+      </c>
+      <c r="C32" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="n">
+        <v>31</v>
+      </c>
+      <c r="B33" s="1" t="n">
+        <v>46060</v>
+      </c>
+      <c r="C33" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="n">
+        <v>32</v>
+      </c>
+      <c r="B34" s="1" t="n">
+        <v>46061</v>
+      </c>
+      <c r="C34" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>